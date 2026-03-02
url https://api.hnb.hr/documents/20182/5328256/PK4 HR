--- v1 (2025-12-05)
+++ v2 (2026-03-02)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK4 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1150" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1486" uniqueCount="40">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BROJ I VRIJEDNOST TRANSAKCIJA UČINJENIH PLATNIM KARTICAMA U REPUBLICI HRVATSKOJ U EURIMA PREMA PRIHVATNIM UREĐAJIMA - 2025. godina
 </t>
   </si>
   <si>
     <t>Ne uključuju se transakcije novčanih pošiljki, ugovornog terećenja, gotovinskih kredita</t>
   </si>
   <si>
     <t>Uključuju se samo podaci za platne kartice izdane od hrvatskih izdavatelja</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
@@ -124,50 +124,59 @@
     <t> Ukupno</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
+  </si>
+  <si>
+    <t> LISTOPAD</t>
+  </si>
+  <si>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -571,51 +580,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Z92"/>
+  <dimension ref="A1:Z116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -6483,683 +6492,2603 @@
         <v>18</v>
       </c>
       <c r="U84" s="13">
         <v>12947509</v>
       </c>
       <c r="V84" t="s" s="12">
         <v>18</v>
       </c>
       <c r="W84" s="13">
         <v>68338936</v>
       </c>
       <c r="X84" t="s" s="12">
         <v>18</v>
       </c>
       <c r="Y84" s="13">
         <v>3508456182</v>
       </c>
       <c r="Z84" t="s" s="12">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B85" t="s" s="14">
+      <c r="B85" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="C85" s="15">
-[...68 lines deleted...]
-      <c r="Z85" t="s" s="14">
+      <c r="C85" s="8">
+        <v>8185413</v>
+      </c>
+      <c r="D85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E85" s="8">
+        <v>1747648105</v>
+      </c>
+      <c r="F85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G85" s="8">
+        <v>45325</v>
+      </c>
+      <c r="H85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I85" s="8">
+        <v>7477994</v>
+      </c>
+      <c r="J85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K85" s="8">
+        <v>42737</v>
+      </c>
+      <c r="L85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M85" s="8">
+        <v>6200715</v>
+      </c>
+      <c r="N85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O85" s="8">
+        <v>68850</v>
+      </c>
+      <c r="P85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q85" s="8">
+        <v>11345797</v>
+      </c>
+      <c r="R85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S85" s="8">
+        <v>29964</v>
+      </c>
+      <c r="T85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U85" s="8">
+        <v>6054922</v>
+      </c>
+      <c r="V85" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W85" s="9">
+        <v>8372289</v>
+      </c>
+      <c r="X85" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y85" s="9">
+        <v>1778727533</v>
+      </c>
+      <c r="Z85" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B86" t="s" s="14">
+      <c r="B86" t="s" s="7">
         <v>20</v>
       </c>
-      <c r="C86" s="15">
-[...68 lines deleted...]
-      <c r="Z86" t="s" s="14">
+      <c r="C86" s="8">
+        <v>51019391</v>
+      </c>
+      <c r="D86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E86" s="8">
+        <v>1291600106</v>
+      </c>
+      <c r="F86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G86" s="8">
+        <v>1547772</v>
+      </c>
+      <c r="H86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I86" s="8">
+        <v>56856717</v>
+      </c>
+      <c r="J86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K86" s="8">
+        <v>701906</v>
+      </c>
+      <c r="L86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M86" s="8">
+        <v>24787915</v>
+      </c>
+      <c r="N86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O86" s="8">
+        <v>4697733</v>
+      </c>
+      <c r="P86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q86" s="8">
+        <v>195436244</v>
+      </c>
+      <c r="R86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S86" s="8">
+        <v>87763</v>
+      </c>
+      <c r="T86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U86" s="8">
+        <v>5085520</v>
+      </c>
+      <c r="V86" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W86" s="9">
+        <v>58054565</v>
+      </c>
+      <c r="X86" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y86" s="9">
+        <v>1573766502</v>
+      </c>
+      <c r="Z86" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B87" t="s" s="14">
+      <c r="B87" t="s" s="7">
         <v>21</v>
       </c>
-      <c r="C87" s="15">
-[...68 lines deleted...]
-      <c r="Z87" t="s" s="14">
+      <c r="C87" s="8">
+        <v>3791114</v>
+      </c>
+      <c r="D87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E87" s="8">
+        <v>160294014</v>
+      </c>
+      <c r="F87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G87" s="8">
+        <v>275091</v>
+      </c>
+      <c r="H87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I87" s="8">
+        <v>10597140</v>
+      </c>
+      <c r="J87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K87" s="8">
+        <v>35532</v>
+      </c>
+      <c r="L87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M87" s="8">
+        <v>1746618</v>
+      </c>
+      <c r="N87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O87" s="8">
+        <v>447683</v>
+      </c>
+      <c r="P87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q87" s="8">
+        <v>30003472</v>
+      </c>
+      <c r="R87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S87" s="8">
+        <v>21818</v>
+      </c>
+      <c r="T87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U87" s="8">
+        <v>2449376</v>
+      </c>
+      <c r="V87" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W87" s="9">
+        <v>4571238</v>
+      </c>
+      <c r="X87" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y87" s="9">
+        <v>205090620</v>
+      </c>
+      <c r="Z87" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" t="s" s="7">
         <v>36</v>
       </c>
-      <c r="B88" t="s" s="14">
+      <c r="B88" t="s" s="7">
         <v>23</v>
       </c>
-      <c r="C88" s="15">
-[...68 lines deleted...]
-      <c r="Z88" t="s" s="14">
+      <c r="C88" s="8">
+        <v>29915</v>
+      </c>
+      <c r="D88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E88" s="8">
+        <v>1568617</v>
+      </c>
+      <c r="F88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G88" s="8">
+        <v>1205</v>
+      </c>
+      <c r="H88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I88" s="8">
+        <v>31762</v>
+      </c>
+      <c r="J88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K88" s="8">
+        <v>1281</v>
+      </c>
+      <c r="L88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M88" s="8">
+        <v>23113</v>
+      </c>
+      <c r="N88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O88" s="8">
+        <v>155</v>
+      </c>
+      <c r="P88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q88" s="8">
+        <v>4255</v>
+      </c>
+      <c r="R88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S88" s="8">
+        <v>1573</v>
+      </c>
+      <c r="T88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U88" s="8">
+        <v>43366</v>
+      </c>
+      <c r="V88" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W88" s="9">
+        <v>34129</v>
+      </c>
+      <c r="X88" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y88" s="9">
+        <v>1671113</v>
+      </c>
+      <c r="Z88" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B89" t="s" s="14">
+      <c r="B89" t="s" s="7">
         <v>24</v>
       </c>
-      <c r="C89" s="15">
-[...68 lines deleted...]
-      <c r="Z89" t="s" s="14">
+      <c r="C89" s="8">
+        <v/>
+      </c>
+      <c r="D89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E89" s="8">
+        <v/>
+      </c>
+      <c r="F89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G89" s="8">
+        <v/>
+      </c>
+      <c r="H89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I89" s="8">
+        <v/>
+      </c>
+      <c r="J89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K89" s="8">
+        <v/>
+      </c>
+      <c r="L89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M89" s="8">
+        <v/>
+      </c>
+      <c r="N89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O89" s="8">
+        <v/>
+      </c>
+      <c r="P89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q89" s="8">
+        <v/>
+      </c>
+      <c r="R89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S89" s="8">
+        <v/>
+      </c>
+      <c r="T89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U89" s="8">
+        <v/>
+      </c>
+      <c r="V89" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W89" s="9">
+        <v/>
+      </c>
+      <c r="X89" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y89" s="9">
+        <v/>
+      </c>
+      <c r="Z89" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B90" t="s" s="14">
+      <c r="B90" t="s" s="7">
         <v>25</v>
       </c>
-      <c r="C90" s="15">
-[...68 lines deleted...]
-      <c r="Z90" t="s" s="14">
+      <c r="C90" s="8">
+        <v>63030</v>
+      </c>
+      <c r="D90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E90" s="8">
+        <v>25149004</v>
+      </c>
+      <c r="F90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G90" s="8">
+        <v>396</v>
+      </c>
+      <c r="H90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I90" s="8">
+        <v>117072</v>
+      </c>
+      <c r="J90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K90" s="8">
+        <v>592</v>
+      </c>
+      <c r="L90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M90" s="8">
+        <v>118822</v>
+      </c>
+      <c r="N90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O90" s="8">
+        <v>1808</v>
+      </c>
+      <c r="P90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q90" s="8">
+        <v>214769</v>
+      </c>
+      <c r="R90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S90" s="8">
+        <v>1117</v>
+      </c>
+      <c r="T90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U90" s="8">
+        <v>326921</v>
+      </c>
+      <c r="V90" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W90" s="9">
+        <v>66943</v>
+      </c>
+      <c r="X90" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y90" s="9">
+        <v>25926588</v>
+      </c>
+      <c r="Z90" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="B91" t="s" s="14">
+      <c r="B91" t="s" s="7">
         <v>26</v>
       </c>
-      <c r="C91" s="15">
-[...68 lines deleted...]
-      <c r="Z91" t="s" s="14">
+      <c r="C91" s="8">
+        <v>28269</v>
+      </c>
+      <c r="D91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E91" s="8">
+        <v>1507197</v>
+      </c>
+      <c r="F91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G91" s="8">
+        <v>76</v>
+      </c>
+      <c r="H91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I91" s="8">
+        <v>5235</v>
+      </c>
+      <c r="J91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K91" s="8">
+        <v>484</v>
+      </c>
+      <c r="L91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M91" s="8">
+        <v>19923</v>
+      </c>
+      <c r="N91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O91" s="8">
+        <v>18</v>
+      </c>
+      <c r="P91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q91" s="8">
+        <v>2415</v>
+      </c>
+      <c r="R91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S91" s="8">
+        <v>592</v>
+      </c>
+      <c r="T91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U91" s="8">
+        <v>16006</v>
+      </c>
+      <c r="V91" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W91" s="9">
+        <v>29439</v>
+      </c>
+      <c r="X91" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y91" s="9">
+        <v>1550776</v>
+      </c>
+      <c r="Z91" t="s" s="10">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s" s="11">
         <v>18</v>
       </c>
       <c r="B92" t="s" s="12">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="C92" s="13">
-        <v>520932360</v>
+        <v>63117132</v>
       </c>
       <c r="D92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="E92" s="13">
-        <v>26676086187</v>
+        <v>3227767043</v>
       </c>
       <c r="F92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="G92" s="13">
-        <v>15666543</v>
+        <v>1869865</v>
       </c>
       <c r="H92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="I92" s="13">
-        <v>622329759</v>
+        <v>75085920</v>
       </c>
       <c r="J92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="K92" s="13">
-        <v>6496170</v>
+        <v>782532</v>
       </c>
       <c r="L92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="M92" s="13">
-        <v>269624026</v>
+        <v>32897106</v>
       </c>
       <c r="N92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="O92" s="13">
-        <v>43481056</v>
+        <v>5216247</v>
       </c>
       <c r="P92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="Q92" s="13">
-        <v>1921685408</v>
+        <v>237006952</v>
       </c>
       <c r="R92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="S92" s="13">
-        <v>1175520</v>
+        <v>142827</v>
       </c>
       <c r="T92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="U92" s="13">
-        <v>110358453</v>
+        <v>13976111</v>
       </c>
       <c r="V92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="W92" s="13">
-        <v>587751649</v>
+        <v>71128603</v>
       </c>
       <c r="X92" t="s" s="12">
         <v>18</v>
       </c>
       <c r="Y92" s="13">
-        <v>29600083833</v>
+        <v>3586733132</v>
       </c>
       <c r="Z92" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26">
+      <c r="A93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B93" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C93" s="8">
+        <v>7353852</v>
+      </c>
+      <c r="D93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E93" s="8">
+        <v>1566965488</v>
+      </c>
+      <c r="F93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G93" s="8">
+        <v>43048</v>
+      </c>
+      <c r="H93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I93" s="8">
+        <v>7197846</v>
+      </c>
+      <c r="J93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K93" s="8">
+        <v>38401</v>
+      </c>
+      <c r="L93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M93" s="8">
+        <v>5544262</v>
+      </c>
+      <c r="N93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O93" s="8">
+        <v>63077</v>
+      </c>
+      <c r="P93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q93" s="8">
+        <v>10677932</v>
+      </c>
+      <c r="R93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S93" s="8">
+        <v>27044</v>
+      </c>
+      <c r="T93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U93" s="8">
+        <v>5502380</v>
+      </c>
+      <c r="V93" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W93" s="9">
+        <v>7525422</v>
+      </c>
+      <c r="X93" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y93" s="9">
+        <v>1595887908</v>
+      </c>
+      <c r="Z93" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26">
+      <c r="A94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B94" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C94" s="8">
+        <v>47198407</v>
+      </c>
+      <c r="D94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E94" s="8">
+        <v>1241687086</v>
+      </c>
+      <c r="F94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G94" s="8">
+        <v>1433772</v>
+      </c>
+      <c r="H94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I94" s="8">
+        <v>55900504</v>
+      </c>
+      <c r="J94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K94" s="8">
+        <v>644894</v>
+      </c>
+      <c r="L94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M94" s="8">
+        <v>24670719</v>
+      </c>
+      <c r="N94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O94" s="8">
+        <v>4198496</v>
+      </c>
+      <c r="P94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q94" s="8">
+        <v>185231376</v>
+      </c>
+      <c r="R94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S94" s="8">
+        <v>80426</v>
+      </c>
+      <c r="T94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U94" s="8">
+        <v>5028048</v>
+      </c>
+      <c r="V94" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W94" s="9">
+        <v>53555995</v>
+      </c>
+      <c r="X94" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y94" s="9">
+        <v>1512517733</v>
+      </c>
+      <c r="Z94" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26">
+      <c r="A95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B95" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C95" s="8">
+        <v>3732181</v>
+      </c>
+      <c r="D95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E95" s="8">
+        <v>162982915</v>
+      </c>
+      <c r="F95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G95" s="8">
+        <v>257728</v>
+      </c>
+      <c r="H95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I95" s="8">
+        <v>11784987</v>
+      </c>
+      <c r="J95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K95" s="8">
+        <v>34661</v>
+      </c>
+      <c r="L95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M95" s="8">
+        <v>1974239</v>
+      </c>
+      <c r="N95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O95" s="8">
+        <v>430339</v>
+      </c>
+      <c r="P95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q95" s="8">
+        <v>34321857</v>
+      </c>
+      <c r="R95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S95" s="8">
+        <v>20706</v>
+      </c>
+      <c r="T95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U95" s="8">
+        <v>2355296</v>
+      </c>
+      <c r="V95" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W95" s="9">
+        <v>4475615</v>
+      </c>
+      <c r="X95" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y95" s="9">
+        <v>213419294</v>
+      </c>
+      <c r="Z95" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26">
+      <c r="A96" t="s" s="7">
+        <v>37</v>
+      </c>
+      <c r="B96" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C96" s="8">
+        <v>29452</v>
+      </c>
+      <c r="D96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E96" s="8">
+        <v>1641270</v>
+      </c>
+      <c r="F96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G96" s="8">
+        <v>1090</v>
+      </c>
+      <c r="H96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I96" s="8">
+        <v>32235</v>
+      </c>
+      <c r="J96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K96" s="8">
+        <v>1111</v>
+      </c>
+      <c r="L96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M96" s="8">
+        <v>21961</v>
+      </c>
+      <c r="N96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O96" s="8">
+        <v>162</v>
+      </c>
+      <c r="P96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q96" s="8">
+        <v>3824</v>
+      </c>
+      <c r="R96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S96" s="8">
+        <v>1701</v>
+      </c>
+      <c r="T96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U96" s="8">
+        <v>48905</v>
+      </c>
+      <c r="V96" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W96" s="9">
+        <v>33516</v>
+      </c>
+      <c r="X96" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y96" s="9">
+        <v>1748195</v>
+      </c>
+      <c r="Z96" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26">
+      <c r="A97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B97" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="C97" s="8">
+        <v/>
+      </c>
+      <c r="D97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E97" s="8">
+        <v/>
+      </c>
+      <c r="F97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G97" s="8">
+        <v/>
+      </c>
+      <c r="H97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I97" s="8">
+        <v/>
+      </c>
+      <c r="J97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K97" s="8">
+        <v/>
+      </c>
+      <c r="L97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M97" s="8">
+        <v/>
+      </c>
+      <c r="N97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O97" s="8">
+        <v/>
+      </c>
+      <c r="P97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q97" s="8">
+        <v/>
+      </c>
+      <c r="R97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S97" s="8">
+        <v/>
+      </c>
+      <c r="T97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U97" s="8">
+        <v/>
+      </c>
+      <c r="V97" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W97" s="9">
+        <v/>
+      </c>
+      <c r="X97" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y97" s="9">
+        <v/>
+      </c>
+      <c r="Z97" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26">
+      <c r="A98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B98" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="C98" s="8">
+        <v>55214</v>
+      </c>
+      <c r="D98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E98" s="8">
+        <v>20130714</v>
+      </c>
+      <c r="F98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G98" s="8">
+        <v>398</v>
+      </c>
+      <c r="H98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I98" s="8">
+        <v>152768</v>
+      </c>
+      <c r="J98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K98" s="8">
+        <v>511</v>
+      </c>
+      <c r="L98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M98" s="8">
+        <v>93636</v>
+      </c>
+      <c r="N98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O98" s="8">
+        <v>1616</v>
+      </c>
+      <c r="P98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q98" s="8">
+        <v>181404</v>
+      </c>
+      <c r="R98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S98" s="8">
+        <v>882</v>
+      </c>
+      <c r="T98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U98" s="8">
+        <v>245454</v>
+      </c>
+      <c r="V98" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W98" s="9">
+        <v>58621</v>
+      </c>
+      <c r="X98" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y98" s="9">
+        <v>20803976</v>
+      </c>
+      <c r="Z98" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26">
+      <c r="A99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B99" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="C99" s="8">
+        <v>26438</v>
+      </c>
+      <c r="D99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E99" s="8">
+        <v>1370398</v>
+      </c>
+      <c r="F99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G99" s="8">
+        <v>43</v>
+      </c>
+      <c r="H99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I99" s="8">
+        <v>2527</v>
+      </c>
+      <c r="J99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K99" s="8">
+        <v>407</v>
+      </c>
+      <c r="L99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M99" s="8">
+        <v>17056</v>
+      </c>
+      <c r="N99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O99" s="8">
+        <v>11</v>
+      </c>
+      <c r="P99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q99" s="8">
+        <v>215</v>
+      </c>
+      <c r="R99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S99" s="8">
+        <v>568</v>
+      </c>
+      <c r="T99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U99" s="8">
+        <v>13838</v>
+      </c>
+      <c r="V99" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W99" s="9">
+        <v>27467</v>
+      </c>
+      <c r="X99" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y99" s="9">
+        <v>1404034</v>
+      </c>
+      <c r="Z99" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26">
+      <c r="A100" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B100" t="s" s="12">
+        <v>27</v>
+      </c>
+      <c r="C100" s="13">
+        <v>58395544</v>
+      </c>
+      <c r="D100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E100" s="13">
+        <v>2994777871</v>
+      </c>
+      <c r="F100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G100" s="13">
+        <v>1736079</v>
+      </c>
+      <c r="H100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I100" s="13">
+        <v>75070867</v>
+      </c>
+      <c r="J100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K100" s="13">
+        <v>719985</v>
+      </c>
+      <c r="L100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M100" s="13">
+        <v>32321873</v>
+      </c>
+      <c r="N100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O100" s="13">
+        <v>4693701</v>
+      </c>
+      <c r="P100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q100" s="13">
+        <v>230416608</v>
+      </c>
+      <c r="R100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S100" s="13">
+        <v>131327</v>
+      </c>
+      <c r="T100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U100" s="13">
+        <v>13193921</v>
+      </c>
+      <c r="V100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W100" s="13">
+        <v>65676636</v>
+      </c>
+      <c r="X100" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y100" s="13">
+        <v>3345781140</v>
+      </c>
+      <c r="Z100" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26">
+      <c r="A101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B101" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="C101" s="8">
+        <v>8314706</v>
+      </c>
+      <c r="D101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E101" s="8">
+        <v>1816056012</v>
+      </c>
+      <c r="F101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G101" s="8">
+        <v>39860</v>
+      </c>
+      <c r="H101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I101" s="8">
+        <v>6872466</v>
+      </c>
+      <c r="J101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K101" s="8">
+        <v>37013</v>
+      </c>
+      <c r="L101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M101" s="8">
+        <v>5502658</v>
+      </c>
+      <c r="N101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O101" s="8">
+        <v>64574</v>
+      </c>
+      <c r="P101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q101" s="8">
+        <v>11107669</v>
+      </c>
+      <c r="R101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S101" s="8">
+        <v>27429</v>
+      </c>
+      <c r="T101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U101" s="8">
+        <v>5501800</v>
+      </c>
+      <c r="V101" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W101" s="9">
+        <v>8483582</v>
+      </c>
+      <c r="X101" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y101" s="9">
+        <v>1845040605</v>
+      </c>
+      <c r="Z101" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26">
+      <c r="A102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B102" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C102" s="8">
+        <v>51643883</v>
+      </c>
+      <c r="D102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E102" s="8">
+        <v>1413851613</v>
+      </c>
+      <c r="F102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G102" s="8">
+        <v>1479973</v>
+      </c>
+      <c r="H102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I102" s="8">
+        <v>57793374</v>
+      </c>
+      <c r="J102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K102" s="8">
+        <v>672763</v>
+      </c>
+      <c r="L102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M102" s="8">
+        <v>25182679</v>
+      </c>
+      <c r="N102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O102" s="8">
+        <v>4670820</v>
+      </c>
+      <c r="P102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q102" s="8">
+        <v>204185831</v>
+      </c>
+      <c r="R102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S102" s="8">
+        <v>88378</v>
+      </c>
+      <c r="T102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U102" s="8">
+        <v>5423564</v>
+      </c>
+      <c r="V102" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W102" s="9">
+        <v>58555817</v>
+      </c>
+      <c r="X102" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y102" s="9">
+        <v>1706437061</v>
+      </c>
+      <c r="Z102" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26">
+      <c r="A103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B103" t="s" s="7">
+        <v>21</v>
+      </c>
+      <c r="C103" s="8">
+        <v>3857602</v>
+      </c>
+      <c r="D103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E103" s="8">
+        <v>163405725</v>
+      </c>
+      <c r="F103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G103" s="8">
+        <v>255968</v>
+      </c>
+      <c r="H103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I103" s="8">
+        <v>10784155</v>
+      </c>
+      <c r="J103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K103" s="8">
+        <v>34123</v>
+      </c>
+      <c r="L103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M103" s="8">
+        <v>1722994</v>
+      </c>
+      <c r="N103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O103" s="8">
+        <v>427669</v>
+      </c>
+      <c r="P103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q103" s="8">
+        <v>31037993</v>
+      </c>
+      <c r="R103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S103" s="8">
+        <v>21788</v>
+      </c>
+      <c r="T103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U103" s="8">
+        <v>2385743</v>
+      </c>
+      <c r="V103" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W103" s="9">
+        <v>4597150</v>
+      </c>
+      <c r="X103" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y103" s="9">
+        <v>209336610</v>
+      </c>
+      <c r="Z103" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26">
+      <c r="A104" t="s" s="7">
+        <v>38</v>
+      </c>
+      <c r="B104" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C104" s="8">
+        <v>29733</v>
+      </c>
+      <c r="D104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E104" s="8">
+        <v>1580715</v>
+      </c>
+      <c r="F104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G104" s="8">
+        <v>1254</v>
+      </c>
+      <c r="H104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I104" s="8">
+        <v>37942</v>
+      </c>
+      <c r="J104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K104" s="8">
+        <v>1261</v>
+      </c>
+      <c r="L104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M104" s="8">
+        <v>25285</v>
+      </c>
+      <c r="N104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O104" s="8">
+        <v>251</v>
+      </c>
+      <c r="P104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q104" s="8">
+        <v>5443</v>
+      </c>
+      <c r="R104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S104" s="8">
+        <v>1955</v>
+      </c>
+      <c r="T104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U104" s="8">
+        <v>54775</v>
+      </c>
+      <c r="V104" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W104" s="9">
+        <v>34454</v>
+      </c>
+      <c r="X104" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y104" s="9">
+        <v>1704160</v>
+      </c>
+      <c r="Z104" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26">
+      <c r="A105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B105" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="C105" s="8">
+        <v/>
+      </c>
+      <c r="D105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E105" s="8">
+        <v/>
+      </c>
+      <c r="F105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G105" s="8">
+        <v/>
+      </c>
+      <c r="H105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I105" s="8">
+        <v/>
+      </c>
+      <c r="J105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K105" s="8">
+        <v/>
+      </c>
+      <c r="L105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M105" s="8">
+        <v/>
+      </c>
+      <c r="N105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O105" s="8">
+        <v/>
+      </c>
+      <c r="P105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q105" s="8">
+        <v/>
+      </c>
+      <c r="R105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S105" s="8">
+        <v/>
+      </c>
+      <c r="T105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U105" s="8">
+        <v/>
+      </c>
+      <c r="V105" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W105" s="9">
+        <v/>
+      </c>
+      <c r="X105" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y105" s="9">
+        <v/>
+      </c>
+      <c r="Z105" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26">
+      <c r="A106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B106" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="C106" s="8">
+        <v>62365</v>
+      </c>
+      <c r="D106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E106" s="8">
+        <v>22913796</v>
+      </c>
+      <c r="F106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G106" s="8">
+        <v>417</v>
+      </c>
+      <c r="H106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I106" s="8">
+        <v>87371</v>
+      </c>
+      <c r="J106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K106" s="8">
+        <v>508</v>
+      </c>
+      <c r="L106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M106" s="8">
+        <v>105519</v>
+      </c>
+      <c r="N106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O106" s="8">
+        <v>1768</v>
+      </c>
+      <c r="P106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q106" s="8">
+        <v>191609</v>
+      </c>
+      <c r="R106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S106" s="8">
+        <v>910</v>
+      </c>
+      <c r="T106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U106" s="8">
+        <v>211559</v>
+      </c>
+      <c r="V106" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W106" s="9">
+        <v>65968</v>
+      </c>
+      <c r="X106" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y106" s="9">
+        <v>23509854</v>
+      </c>
+      <c r="Z106" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26">
+      <c r="A107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B107" t="s" s="7">
+        <v>26</v>
+      </c>
+      <c r="C107" s="8">
+        <v>29078</v>
+      </c>
+      <c r="D107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="E107" s="8">
+        <v>1338763</v>
+      </c>
+      <c r="F107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="G107" s="8">
+        <v>129</v>
+      </c>
+      <c r="H107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="I107" s="8">
+        <v>5588</v>
+      </c>
+      <c r="J107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="K107" s="8">
+        <v>437</v>
+      </c>
+      <c r="L107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="M107" s="8">
+        <v>15976</v>
+      </c>
+      <c r="N107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="O107" s="8">
+        <v>18</v>
+      </c>
+      <c r="P107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="Q107" s="8">
+        <v>3200</v>
+      </c>
+      <c r="R107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="S107" s="8">
+        <v>603</v>
+      </c>
+      <c r="T107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="U107" s="8">
+        <v>16158</v>
+      </c>
+      <c r="V107" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="W107" s="9">
+        <v>30265</v>
+      </c>
+      <c r="X107" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="Y107" s="9">
+        <v>1379685</v>
+      </c>
+      <c r="Z107" t="s" s="10">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26">
+      <c r="A108" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B108" t="s" s="12">
+        <v>27</v>
+      </c>
+      <c r="C108" s="13">
+        <v>63937367</v>
+      </c>
+      <c r="D108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E108" s="13">
+        <v>3419146624</v>
+      </c>
+      <c r="F108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G108" s="13">
+        <v>1777601</v>
+      </c>
+      <c r="H108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I108" s="13">
+        <v>75580896</v>
+      </c>
+      <c r="J108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K108" s="13">
+        <v>746105</v>
+      </c>
+      <c r="L108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M108" s="13">
+        <v>32555111</v>
+      </c>
+      <c r="N108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O108" s="13">
+        <v>5165100</v>
+      </c>
+      <c r="P108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q108" s="13">
+        <v>246531745</v>
+      </c>
+      <c r="R108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S108" s="13">
+        <v>141063</v>
+      </c>
+      <c r="T108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U108" s="13">
+        <v>13593599</v>
+      </c>
+      <c r="V108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W108" s="13">
+        <v>71767236</v>
+      </c>
+      <c r="X108" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y108" s="13">
+        <v>3787407975</v>
+      </c>
+      <c r="Z108" t="s" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26">
+      <c r="A109" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B109" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="C109" s="15">
+        <v>94752570</v>
+      </c>
+      <c r="D109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E109" s="15">
+        <v>19618954254</v>
+      </c>
+      <c r="F109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G109" s="15">
+        <v>519116</v>
+      </c>
+      <c r="H109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I109" s="15">
+        <v>86628625</v>
+      </c>
+      <c r="J109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K109" s="15">
+        <v>481643</v>
+      </c>
+      <c r="L109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M109" s="15">
+        <v>68783319</v>
+      </c>
+      <c r="N109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O109" s="15">
+        <v>788223</v>
+      </c>
+      <c r="P109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q109" s="15">
+        <v>125756727</v>
+      </c>
+      <c r="R109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S109" s="15">
+        <v>333847</v>
+      </c>
+      <c r="T109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U109" s="15">
+        <v>65399454</v>
+      </c>
+      <c r="V109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W109" s="15">
+        <v>96875399</v>
+      </c>
+      <c r="X109" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y109" s="15">
+        <v>19965522379</v>
+      </c>
+      <c r="Z109" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26">
+      <c r="A110" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B110" t="s" s="14">
+        <v>20</v>
+      </c>
+      <c r="C110" s="15">
+        <v>569383290</v>
+      </c>
+      <c r="D110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E110" s="15">
+        <v>14635714727</v>
+      </c>
+      <c r="F110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G110" s="15">
+        <v>17386613</v>
+      </c>
+      <c r="H110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I110" s="15">
+        <v>638548845</v>
+      </c>
+      <c r="J110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K110" s="15">
+        <v>7686930</v>
+      </c>
+      <c r="L110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M110" s="15">
+        <v>271715737</v>
+      </c>
+      <c r="N110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O110" s="15">
+        <v>52770010</v>
+      </c>
+      <c r="P110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q110" s="15">
+        <v>2173487248</v>
+      </c>
+      <c r="R110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S110" s="15">
+        <v>980838</v>
+      </c>
+      <c r="T110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U110" s="15">
+        <v>55679666</v>
+      </c>
+      <c r="V110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W110" s="15">
+        <v>648207681</v>
+      </c>
+      <c r="X110" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y110" s="15">
+        <v>17775146223</v>
+      </c>
+      <c r="Z110" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26">
+      <c r="A111" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B111" t="s" s="14">
+        <v>21</v>
+      </c>
+      <c r="C111" s="15">
+        <v>40890384</v>
+      </c>
+      <c r="D111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E111" s="15">
+        <v>1729669920</v>
+      </c>
+      <c r="F111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G111" s="15">
+        <v>3133086</v>
+      </c>
+      <c r="H111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I111" s="15">
+        <v>121260496</v>
+      </c>
+      <c r="J111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K111" s="15">
+        <v>558871</v>
+      </c>
+      <c r="L111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M111" s="15">
+        <v>25230340</v>
+      </c>
+      <c r="N111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O111" s="15">
+        <v>4976418</v>
+      </c>
+      <c r="P111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q111" s="15">
+        <v>334066685</v>
+      </c>
+      <c r="R111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S111" s="15">
+        <v>248910</v>
+      </c>
+      <c r="T111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U111" s="15">
+        <v>26471762</v>
+      </c>
+      <c r="V111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W111" s="15">
+        <v>49807669</v>
+      </c>
+      <c r="X111" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y111" s="15">
+        <v>2236699203</v>
+      </c>
+      <c r="Z111" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26">
+      <c r="A112" t="s" s="7">
+        <v>39</v>
+      </c>
+      <c r="B112" t="s" s="14">
+        <v>23</v>
+      </c>
+      <c r="C112" s="15">
+        <v>327974</v>
+      </c>
+      <c r="D112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E112" s="15">
+        <v>15964212</v>
+      </c>
+      <c r="F112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G112" s="15">
+        <v>5665</v>
+      </c>
+      <c r="H112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I112" s="15">
+        <v>154640</v>
+      </c>
+      <c r="J112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K112" s="15">
+        <v>5749</v>
+      </c>
+      <c r="L112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M112" s="15">
+        <v>114295</v>
+      </c>
+      <c r="N112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O112" s="15">
+        <v>873</v>
+      </c>
+      <c r="P112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q112" s="15">
+        <v>21832</v>
+      </c>
+      <c r="R112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S112" s="15">
+        <v>7471</v>
+      </c>
+      <c r="T112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U112" s="15">
+        <v>208425</v>
+      </c>
+      <c r="V112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W112" s="15">
+        <v>347732</v>
+      </c>
+      <c r="X112" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y112" s="15">
+        <v>16463404</v>
+      </c>
+      <c r="Z112" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26">
+      <c r="A113" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B113" t="s" s="14">
+        <v>24</v>
+      </c>
+      <c r="C113" s="15">
+        <v/>
+      </c>
+      <c r="D113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E113" s="15">
+        <v/>
+      </c>
+      <c r="F113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G113" s="15">
+        <v/>
+      </c>
+      <c r="H113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I113" s="15">
+        <v/>
+      </c>
+      <c r="J113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K113" s="15">
+        <v/>
+      </c>
+      <c r="L113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M113" s="15">
+        <v/>
+      </c>
+      <c r="N113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O113" s="15">
+        <v/>
+      </c>
+      <c r="P113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q113" s="15">
+        <v/>
+      </c>
+      <c r="R113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S113" s="15">
+        <v/>
+      </c>
+      <c r="T113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U113" s="15">
+        <v/>
+      </c>
+      <c r="V113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W113" s="15">
+        <v/>
+      </c>
+      <c r="X113" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y113" s="15">
+        <v/>
+      </c>
+      <c r="Z113" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26">
+      <c r="A114" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B114" t="s" s="14">
+        <v>25</v>
+      </c>
+      <c r="C114" s="15">
+        <v>720348</v>
+      </c>
+      <c r="D114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E114" s="15">
+        <v>301957516</v>
+      </c>
+      <c r="F114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G114" s="15">
+        <v>4837</v>
+      </c>
+      <c r="H114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I114" s="15">
+        <v>1421379</v>
+      </c>
+      <c r="J114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K114" s="15">
+        <v>6329</v>
+      </c>
+      <c r="L114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M114" s="15">
+        <v>1354475</v>
+      </c>
+      <c r="N114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O114" s="15">
+        <v>20379</v>
+      </c>
+      <c r="P114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q114" s="15">
+        <v>2275334</v>
+      </c>
+      <c r="R114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S114" s="15">
+        <v>11833</v>
+      </c>
+      <c r="T114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U114" s="15">
+        <v>3160082</v>
+      </c>
+      <c r="V114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W114" s="15">
+        <v>763726</v>
+      </c>
+      <c r="X114" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y114" s="15">
+        <v>310168786</v>
+      </c>
+      <c r="Z114" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26">
+      <c r="A115" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="B115" t="s" s="14">
+        <v>26</v>
+      </c>
+      <c r="C115" s="15">
+        <v>307837</v>
+      </c>
+      <c r="D115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="E115" s="15">
+        <v>15517096</v>
+      </c>
+      <c r="F115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="G115" s="15">
+        <v>771</v>
+      </c>
+      <c r="H115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="I115" s="15">
+        <v>53457</v>
+      </c>
+      <c r="J115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="K115" s="15">
+        <v>5270</v>
+      </c>
+      <c r="L115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="M115" s="15">
+        <v>199950</v>
+      </c>
+      <c r="N115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="O115" s="15">
+        <v>201</v>
+      </c>
+      <c r="P115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Q115" s="15">
+        <v>32887</v>
+      </c>
+      <c r="R115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="S115" s="15">
+        <v>7838</v>
+      </c>
+      <c r="T115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="U115" s="15">
+        <v>202695</v>
+      </c>
+      <c r="V115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="W115" s="15">
+        <v>321917</v>
+      </c>
+      <c r="X115" t="s" s="14">
+        <v>18</v>
+      </c>
+      <c r="Y115" s="15">
+        <v>16006085</v>
+      </c>
+      <c r="Z115" t="s" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26">
+      <c r="A116" t="s" s="11">
+        <v>18</v>
+      </c>
+      <c r="B116" t="s" s="12">
+        <v>39</v>
+      </c>
+      <c r="C116" s="13">
+        <v>706382403</v>
+      </c>
+      <c r="D116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="E116" s="13">
+        <v>36317777725</v>
+      </c>
+      <c r="F116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="G116" s="13">
+        <v>21050088</v>
+      </c>
+      <c r="H116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="I116" s="13">
+        <v>848067442</v>
+      </c>
+      <c r="J116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="K116" s="13">
+        <v>8744792</v>
+      </c>
+      <c r="L116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="M116" s="13">
+        <v>367398116</v>
+      </c>
+      <c r="N116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="O116" s="13">
+        <v>58556104</v>
+      </c>
+      <c r="P116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Q116" s="13">
+        <v>2635640713</v>
+      </c>
+      <c r="R116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="S116" s="13">
+        <v>1590737</v>
+      </c>
+      <c r="T116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="U116" s="13">
+        <v>151122084</v>
+      </c>
+      <c r="V116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="W116" s="13">
+        <v>796324124</v>
+      </c>
+      <c r="X116" t="s" s="12">
+        <v>18</v>
+      </c>
+      <c r="Y116" s="13">
+        <v>40320006080</v>
+      </c>
+      <c r="Z116" t="s" s="12">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="30">
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:Z2"/>
     <mergeCell ref="A3:Z3"/>
     <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:Z6"/>
     <mergeCell ref="A7:Z7"/>
     <mergeCell ref="A8:Z8"/>
     <mergeCell ref="A9:Z9"/>
     <mergeCell ref="A10:Z10"/>
     <mergeCell ref="A11:A12"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="G11:J11"/>
     <mergeCell ref="K11:N11"/>
     <mergeCell ref="O11:R11"/>
     <mergeCell ref="S11:V11"/>
     <mergeCell ref="W11:Z11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>